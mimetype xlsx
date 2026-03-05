--- v1 (2026-02-01)
+++ v2 (2026-03-05)
@@ -15,53 +15,53 @@
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9302"/>
   <workbookPr date1904="true" defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="120" yWindow="45" windowWidth="19155" windowHeight="4935"/>
   </bookViews>
   <sheets>
     <sheet name="PP1 HR" sheetId="1" r:id="rId10"/>
   </sheets>
   <calcPr calcId="144525"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="522" uniqueCount="32">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="671" uniqueCount="33">
   <si>
-    <t>Zagreb, 19.11.2025</t>
+    <t>Zagreb, 27.02.2026</t>
   </si>
   <si>
     <t>HRVATSKA NARODNA BANKA</t>
   </si>
   <si>
     <t>Sektor platnog prometa</t>
   </si>
   <si>
     <t>Direkcija za nadzor platnog prometa</t>
   </si>
   <si>
     <t>  </t>
   </si>
   <si>
     <t>BROJ I VRIJEDNOST TRANSAKCIJA PRIHVATA (UKUPNO) NA TERITORIJU REPUBLIKE HRVATSKE - 2025. godina
 </t>
   </si>
   <si>
     <t>Izvještajno razdoblje</t>
   </si>
   <si>
     <t>Uređaj / mjesto / kanal</t>
   </si>
   <si>
     <t>Vlastita</t>
@@ -75,87 +75,90 @@
   <si>
     <t>Ukupno</t>
   </si>
   <si>
     <t>Broj transakcija</t>
   </si>
   <si>
     <t>Vrijednost transakcija</t>
   </si>
   <si>
     <t> </t>
   </si>
   <si>
     <t> Bankomat</t>
   </si>
   <si>
     <t> EFTPOS uređaj</t>
   </si>
   <si>
     <t> SIJEČANJ</t>
   </si>
   <si>
     <t> Internet</t>
   </si>
   <si>
-    <t>*</t>
-[...1 lines deleted...]
-  <si>
     <t> Ostalo</t>
   </si>
   <si>
     <t> Ukupno</t>
   </si>
   <si>
     <t> VELJAČA</t>
   </si>
   <si>
     <t> OŽUJAK</t>
   </si>
   <si>
     <t> TRAVANJ</t>
   </si>
   <si>
     <t> SVIBANJ</t>
   </si>
   <si>
     <t> LIPANJ</t>
   </si>
   <si>
     <t> SRPANJ</t>
   </si>
   <si>
     <t> KOLOVOZ</t>
   </si>
   <si>
     <t> RUJAN</t>
   </si>
   <si>
-    <t> UKUPNO </t>
+    <t> LISTOPAD</t>
   </si>
   <si>
-    <t>*podaci su revidirani u odnosu na prethodnu objavu</t>
+    <t> STUDENI</t>
+  </si>
+  <si>
+    <t> PROSINAC</t>
+  </si>
+  <si>
+    <t> UKUPNO </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0"/>
   </numFmts>
   <fonts count="4" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="none"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <scheme val="none"/>
     </font>
     <font>
@@ -556,51 +559,51 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:R60"/>
+  <dimension ref="A1:R74"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="21" customWidth="1"/>
     <col min="2" max="2" width="21" customWidth="1"/>
     <col min="3" max="3" width="19" customWidth="1"/>
     <col min="4" max="4" width="4" customWidth="1"/>
     <col min="5" max="5" width="19" customWidth="1"/>
     <col min="6" max="6" width="4" customWidth="1"/>
     <col min="7" max="7" width="19" customWidth="1"/>
     <col min="8" max="8" width="4" customWidth="1"/>
     <col min="9" max="9" width="19" customWidth="1"/>
     <col min="10" max="10" width="4" customWidth="1"/>
     <col min="11" max="11" width="19" customWidth="1"/>
     <col min="12" max="12" width="4" customWidth="1"/>
     <col min="13" max="13" width="19" customWidth="1"/>
     <col min="14" max="14" width="4" customWidth="1"/>
     <col min="15" max="15" width="19" customWidth="1"/>
     <col min="16" max="16" width="4" customWidth="1"/>
     <col min="17" max="17" width="19" customWidth="1"/>
     <col min="18" max="18" width="4" customWidth="1"/>
   </cols>
   <sheetData>
@@ -804,83 +807,83 @@
       <c r="B12" t="s" s="7">
         <v>18</v>
       </c>
       <c r="C12" s="8">
         <v>2992808</v>
       </c>
       <c r="D12" t="s" s="7">
         <v>14</v>
       </c>
       <c r="E12" s="8">
         <v>82612159</v>
       </c>
       <c r="F12" t="s" s="7">
         <v>14</v>
       </c>
       <c r="G12" s="8">
         <v>2609423</v>
       </c>
       <c r="H12" t="s" s="7">
         <v>14</v>
       </c>
       <c r="I12" s="8">
         <v>120399594</v>
       </c>
       <c r="J12" t="s" s="7">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="K12" s="8">
         <v>268918</v>
       </c>
       <c r="L12" t="s" s="7">
         <v>14</v>
       </c>
       <c r="M12" s="8">
         <v>31667126</v>
       </c>
       <c r="N12" t="s" s="7">
         <v>14</v>
       </c>
       <c r="O12" s="9">
         <v>5871149</v>
       </c>
       <c r="P12" t="s" s="10">
         <v>14</v>
       </c>
       <c r="Q12" s="9">
         <v>234678879</v>
       </c>
       <c r="R12" t="s" s="10">
         <v>14</v>
       </c>
     </row>
     <row r="13" spans="1:18">
       <c r="A13" t="s" s="7">
         <v>14</v>
       </c>
       <c r="B13" t="s" s="7">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="C13" s="8">
         <v>227934</v>
       </c>
       <c r="D13" t="s" s="7">
         <v>14</v>
       </c>
       <c r="E13" s="8">
         <v>29066956</v>
       </c>
       <c r="F13" t="s" s="7">
         <v>14</v>
       </c>
       <c r="G13" s="8">
         <v>40234</v>
       </c>
       <c r="H13" t="s" s="7">
         <v>14</v>
       </c>
       <c r="I13" s="8">
         <v>4087010</v>
       </c>
       <c r="J13" t="s" s="7">
         <v>14</v>
       </c>
@@ -892,51 +895,51 @@
       </c>
       <c r="M13" s="8">
         <v>1662767</v>
       </c>
       <c r="N13" t="s" s="7">
         <v>14</v>
       </c>
       <c r="O13" s="9">
         <v>274307</v>
       </c>
       <c r="P13" t="s" s="10">
         <v>14</v>
       </c>
       <c r="Q13" s="9">
         <v>34816733</v>
       </c>
       <c r="R13" t="s" s="10">
         <v>14</v>
       </c>
     </row>
     <row r="14" spans="1:18">
       <c r="A14" t="s" s="11">
         <v>14</v>
       </c>
       <c r="B14" t="s" s="12">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="C14" s="13">
         <v>19726658</v>
       </c>
       <c r="D14" t="s" s="12">
         <v>14</v>
       </c>
       <c r="E14" s="13">
         <v>1688990374</v>
       </c>
       <c r="F14" t="s" s="12">
         <v>14</v>
       </c>
       <c r="G14" s="13">
         <v>37211763</v>
       </c>
       <c r="H14" t="s" s="12">
         <v>14</v>
       </c>
       <c r="I14" s="13">
         <v>1066538057</v>
       </c>
       <c r="J14" t="s" s="12">
         <v>14</v>
       </c>
@@ -1057,110 +1060,110 @@
       </c>
       <c r="L16" t="s" s="7">
         <v>14</v>
       </c>
       <c r="M16" s="8">
         <v>89785852</v>
       </c>
       <c r="N16" t="s" s="7">
         <v>14</v>
       </c>
       <c r="O16" s="9">
         <v>45281468</v>
       </c>
       <c r="P16" t="s" s="10">
         <v>14</v>
       </c>
       <c r="Q16" s="9">
         <v>1179209555</v>
       </c>
       <c r="R16" t="s" s="10">
         <v>14</v>
       </c>
     </row>
     <row r="17" spans="1:18">
       <c r="A17" t="s" s="7">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="B17" t="s" s="7">
         <v>18</v>
       </c>
       <c r="C17" s="8">
         <v>2847675</v>
       </c>
       <c r="D17" t="s" s="7">
         <v>14</v>
       </c>
       <c r="E17" s="8">
         <v>78833868</v>
       </c>
       <c r="F17" t="s" s="7">
         <v>14</v>
       </c>
       <c r="G17" s="8">
         <v>2495912</v>
       </c>
       <c r="H17" t="s" s="7">
         <v>14</v>
       </c>
       <c r="I17" s="8">
         <v>112645243</v>
       </c>
       <c r="J17" t="s" s="7">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="K17" s="8">
         <v>267413</v>
       </c>
       <c r="L17" t="s" s="7">
         <v>14</v>
       </c>
       <c r="M17" s="8">
         <v>30771203</v>
       </c>
       <c r="N17" t="s" s="7">
         <v>14</v>
       </c>
       <c r="O17" s="9">
         <v>5611000</v>
       </c>
       <c r="P17" t="s" s="10">
         <v>14</v>
       </c>
       <c r="Q17" s="9">
         <v>222250314</v>
       </c>
       <c r="R17" t="s" s="10">
         <v>14</v>
       </c>
     </row>
     <row r="18" spans="1:18">
       <c r="A18" t="s" s="7">
         <v>14</v>
       </c>
       <c r="B18" t="s" s="7">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="C18" s="8">
         <v>221430</v>
       </c>
       <c r="D18" t="s" s="7">
         <v>14</v>
       </c>
       <c r="E18" s="8">
         <v>28043541</v>
       </c>
       <c r="F18" t="s" s="7">
         <v>14</v>
       </c>
       <c r="G18" s="8">
         <v>37751</v>
       </c>
       <c r="H18" t="s" s="7">
         <v>14</v>
       </c>
       <c r="I18" s="8">
         <v>3992409</v>
       </c>
       <c r="J18" t="s" s="7">
         <v>14</v>
       </c>
@@ -1172,51 +1175,51 @@
       </c>
       <c r="M18" s="8">
         <v>1646620</v>
       </c>
       <c r="N18" t="s" s="7">
         <v>14</v>
       </c>
       <c r="O18" s="9">
         <v>264979</v>
       </c>
       <c r="P18" t="s" s="10">
         <v>14</v>
       </c>
       <c r="Q18" s="9">
         <v>33682570</v>
       </c>
       <c r="R18" t="s" s="10">
         <v>14</v>
       </c>
     </row>
     <row r="19" spans="1:18">
       <c r="A19" t="s" s="11">
         <v>14</v>
       </c>
       <c r="B19" t="s" s="12">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="C19" s="13">
         <v>19021402</v>
       </c>
       <c r="D19" t="s" s="12">
         <v>14</v>
       </c>
       <c r="E19" s="13">
         <v>1669736776</v>
       </c>
       <c r="F19" t="s" s="12">
         <v>14</v>
       </c>
       <c r="G19" s="13">
         <v>35948686</v>
       </c>
       <c r="H19" t="s" s="12">
         <v>14</v>
       </c>
       <c r="I19" s="13">
         <v>1030634109</v>
       </c>
       <c r="J19" t="s" s="12">
         <v>14</v>
       </c>
@@ -1337,110 +1340,110 @@
       </c>
       <c r="L21" t="s" s="7">
         <v>14</v>
       </c>
       <c r="M21" s="8">
         <v>114001755</v>
       </c>
       <c r="N21" t="s" s="7">
         <v>14</v>
       </c>
       <c r="O21" s="9">
         <v>51661361</v>
       </c>
       <c r="P21" t="s" s="10">
         <v>14</v>
       </c>
       <c r="Q21" s="9">
         <v>1346572030</v>
       </c>
       <c r="R21" t="s" s="10">
         <v>14</v>
       </c>
     </row>
     <row r="22" spans="1:18">
       <c r="A22" t="s" s="7">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="B22" t="s" s="7">
         <v>18</v>
       </c>
       <c r="C22" s="8">
         <v>3119525</v>
       </c>
       <c r="D22" t="s" s="7">
         <v>14</v>
       </c>
       <c r="E22" s="8">
         <v>86703919</v>
       </c>
       <c r="F22" t="s" s="7">
         <v>14</v>
       </c>
       <c r="G22" s="8">
         <v>2693953</v>
       </c>
       <c r="H22" t="s" s="7">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="I22" s="8">
         <v>125133575</v>
       </c>
       <c r="J22" t="s" s="7">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="K22" s="8">
         <v>250791</v>
       </c>
       <c r="L22" t="s" s="7">
         <v>14</v>
       </c>
       <c r="M22" s="8">
         <v>32215751</v>
       </c>
       <c r="N22" t="s" s="7">
         <v>14</v>
       </c>
       <c r="O22" s="9">
         <v>6064269</v>
       </c>
       <c r="P22" t="s" s="10">
         <v>14</v>
       </c>
       <c r="Q22" s="9">
         <v>244053245</v>
       </c>
       <c r="R22" t="s" s="10">
         <v>14</v>
       </c>
     </row>
     <row r="23" spans="1:18">
       <c r="A23" t="s" s="7">
         <v>14</v>
       </c>
       <c r="B23" t="s" s="7">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="C23" s="8">
         <v>254053</v>
       </c>
       <c r="D23" t="s" s="7">
         <v>14</v>
       </c>
       <c r="E23" s="8">
         <v>31919941</v>
       </c>
       <c r="F23" t="s" s="7">
         <v>14</v>
       </c>
       <c r="G23" s="8">
         <v>39139</v>
       </c>
       <c r="H23" t="s" s="7">
         <v>14</v>
       </c>
       <c r="I23" s="8">
         <v>4148259</v>
       </c>
       <c r="J23" t="s" s="7">
         <v>14</v>
       </c>
@@ -1452,51 +1455,51 @@
       </c>
       <c r="M23" s="8">
         <v>1868986</v>
       </c>
       <c r="N23" t="s" s="7">
         <v>14</v>
       </c>
       <c r="O23" s="9">
         <v>300040</v>
       </c>
       <c r="P23" t="s" s="10">
         <v>14</v>
       </c>
       <c r="Q23" s="9">
         <v>37937186</v>
       </c>
       <c r="R23" t="s" s="10">
         <v>14</v>
       </c>
     </row>
     <row r="24" spans="1:18">
       <c r="A24" t="s" s="11">
         <v>14</v>
       </c>
       <c r="B24" t="s" s="12">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="C24" s="13">
         <v>21526681</v>
       </c>
       <c r="D24" t="s" s="12">
         <v>14</v>
       </c>
       <c r="E24" s="13">
         <v>1876785746</v>
       </c>
       <c r="F24" t="s" s="12">
         <v>14</v>
       </c>
       <c r="G24" s="13">
         <v>40361470</v>
       </c>
       <c r="H24" t="s" s="12">
         <v>14</v>
       </c>
       <c r="I24" s="13">
         <v>1155832930</v>
       </c>
       <c r="J24" t="s" s="12">
         <v>14</v>
       </c>
@@ -1617,110 +1620,110 @@
       </c>
       <c r="L26" t="s" s="7">
         <v>14</v>
       </c>
       <c r="M26" s="8">
         <v>239314302</v>
       </c>
       <c r="N26" t="s" s="7">
         <v>14</v>
       </c>
       <c r="O26" s="9">
         <v>55207718</v>
       </c>
       <c r="P26" t="s" s="10">
         <v>14</v>
       </c>
       <c r="Q26" s="9">
         <v>1528679927</v>
       </c>
       <c r="R26" t="s" s="10">
         <v>14</v>
       </c>
     </row>
     <row r="27" spans="1:18">
       <c r="A27" t="s" s="7">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="B27" t="s" s="7">
         <v>18</v>
       </c>
       <c r="C27" s="8">
         <v>3103637</v>
       </c>
       <c r="D27" t="s" s="7">
         <v>14</v>
       </c>
       <c r="E27" s="8">
         <v>86389002</v>
       </c>
       <c r="F27" t="s" s="7">
         <v>14</v>
       </c>
       <c r="G27" s="8">
         <v>2657420</v>
       </c>
       <c r="H27" t="s" s="7">
         <v>14</v>
       </c>
       <c r="I27" s="8">
         <v>121804382</v>
       </c>
       <c r="J27" t="s" s="7">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="K27" s="8">
         <v>319186</v>
       </c>
       <c r="L27" t="s" s="7">
         <v>14</v>
       </c>
       <c r="M27" s="8">
         <v>36467858</v>
       </c>
       <c r="N27" t="s" s="7">
         <v>14</v>
       </c>
       <c r="O27" s="9">
         <v>6080243</v>
       </c>
       <c r="P27" t="s" s="10">
         <v>14</v>
       </c>
       <c r="Q27" s="9">
         <v>244661242</v>
       </c>
       <c r="R27" t="s" s="10">
         <v>14</v>
       </c>
     </row>
     <row r="28" spans="1:18">
       <c r="A28" t="s" s="7">
         <v>14</v>
       </c>
       <c r="B28" t="s" s="7">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="C28" s="8">
         <v>248220</v>
       </c>
       <c r="D28" t="s" s="7">
         <v>14</v>
       </c>
       <c r="E28" s="8">
         <v>33797990</v>
       </c>
       <c r="F28" t="s" s="7">
         <v>14</v>
       </c>
       <c r="G28" s="8">
         <v>38255</v>
       </c>
       <c r="H28" t="s" s="7">
         <v>14</v>
       </c>
       <c r="I28" s="8">
         <v>4144147</v>
       </c>
       <c r="J28" t="s" s="7">
         <v>14</v>
       </c>
@@ -1732,51 +1735,51 @@
       </c>
       <c r="M28" s="8">
         <v>2322347</v>
       </c>
       <c r="N28" t="s" s="7">
         <v>14</v>
       </c>
       <c r="O28" s="9">
         <v>295014</v>
       </c>
       <c r="P28" t="s" s="10">
         <v>14</v>
       </c>
       <c r="Q28" s="9">
         <v>40264484</v>
       </c>
       <c r="R28" t="s" s="10">
         <v>14</v>
       </c>
     </row>
     <row r="29" spans="1:18">
       <c r="A29" t="s" s="11">
         <v>14</v>
       </c>
       <c r="B29" t="s" s="12">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="C29" s="13">
         <v>22122794</v>
       </c>
       <c r="D29" t="s" s="12">
         <v>14</v>
       </c>
       <c r="E29" s="13">
         <v>1969666239</v>
       </c>
       <c r="F29" t="s" s="12">
         <v>14</v>
       </c>
       <c r="G29" s="13">
         <v>40326178</v>
       </c>
       <c r="H29" t="s" s="12">
         <v>14</v>
       </c>
       <c r="I29" s="13">
         <v>1193157475</v>
       </c>
       <c r="J29" t="s" s="12">
         <v>14</v>
       </c>
@@ -1897,110 +1900,110 @@
       </c>
       <c r="L31" t="s" s="7">
         <v>14</v>
       </c>
       <c r="M31" s="8">
         <v>347317935</v>
       </c>
       <c r="N31" t="s" s="7">
         <v>14</v>
       </c>
       <c r="O31" s="9">
         <v>60284111</v>
       </c>
       <c r="P31" t="s" s="10">
         <v>14</v>
       </c>
       <c r="Q31" s="9">
         <v>1702758790</v>
       </c>
       <c r="R31" t="s" s="10">
         <v>14</v>
       </c>
     </row>
     <row r="32" spans="1:18">
       <c r="A32" t="s" s="7">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="B32" t="s" s="7">
         <v>18</v>
       </c>
       <c r="C32" s="8">
         <v>3277889</v>
       </c>
       <c r="D32" t="s" s="7">
         <v>14</v>
       </c>
       <c r="E32" s="8">
         <v>92969493</v>
       </c>
       <c r="F32" t="s" s="7">
         <v>14</v>
       </c>
       <c r="G32" s="8">
         <v>2774800</v>
       </c>
       <c r="H32" t="s" s="7">
         <v>14</v>
       </c>
       <c r="I32" s="8">
         <v>129061893</v>
       </c>
       <c r="J32" t="s" s="7">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="K32" s="8">
         <v>384107</v>
       </c>
       <c r="L32" t="s" s="7">
         <v>14</v>
       </c>
       <c r="M32" s="8">
         <v>45143860</v>
       </c>
       <c r="N32" t="s" s="7">
         <v>14</v>
       </c>
       <c r="O32" s="9">
         <v>6436796</v>
       </c>
       <c r="P32" t="s" s="10">
         <v>14</v>
       </c>
       <c r="Q32" s="9">
         <v>267175246</v>
       </c>
       <c r="R32" t="s" s="10">
         <v>14</v>
       </c>
     </row>
     <row r="33" spans="1:18">
       <c r="A33" t="s" s="7">
         <v>14</v>
       </c>
       <c r="B33" t="s" s="7">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="C33" s="8">
         <v>262745</v>
       </c>
       <c r="D33" t="s" s="7">
         <v>14</v>
       </c>
       <c r="E33" s="8">
         <v>35121648</v>
       </c>
       <c r="F33" t="s" s="7">
         <v>14</v>
       </c>
       <c r="G33" s="8">
         <v>39741</v>
       </c>
       <c r="H33" t="s" s="7">
         <v>14</v>
       </c>
       <c r="I33" s="8">
         <v>4235429</v>
       </c>
       <c r="J33" t="s" s="7">
         <v>14</v>
       </c>
@@ -2012,51 +2015,51 @@
       </c>
       <c r="M33" s="8">
         <v>2426501</v>
       </c>
       <c r="N33" t="s" s="7">
         <v>14</v>
       </c>
       <c r="O33" s="9">
         <v>311141</v>
       </c>
       <c r="P33" t="s" s="10">
         <v>14</v>
       </c>
       <c r="Q33" s="9">
         <v>41783578</v>
       </c>
       <c r="R33" t="s" s="10">
         <v>14</v>
       </c>
     </row>
     <row r="34" spans="1:18">
       <c r="A34" t="s" s="11">
         <v>14</v>
       </c>
       <c r="B34" t="s" s="12">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="C34" s="13">
         <v>23301805</v>
       </c>
       <c r="D34" t="s" s="12">
         <v>14</v>
       </c>
       <c r="E34" s="13">
         <v>2088999882</v>
       </c>
       <c r="F34" t="s" s="12">
         <v>14</v>
       </c>
       <c r="G34" s="13">
         <v>42136766</v>
       </c>
       <c r="H34" t="s" s="12">
         <v>14</v>
       </c>
       <c r="I34" s="13">
         <v>1254885092</v>
       </c>
       <c r="J34" t="s" s="12">
         <v>14</v>
       </c>
@@ -2177,110 +2180,110 @@
       </c>
       <c r="L36" t="s" s="7">
         <v>14</v>
       </c>
       <c r="M36" s="8">
         <v>668843863</v>
       </c>
       <c r="N36" t="s" s="7">
         <v>14</v>
       </c>
       <c r="O36" s="9">
         <v>66950506</v>
       </c>
       <c r="P36" t="s" s="10">
         <v>14</v>
       </c>
       <c r="Q36" s="9">
         <v>2056275536</v>
       </c>
       <c r="R36" t="s" s="10">
         <v>14</v>
       </c>
     </row>
     <row r="37" spans="1:18">
       <c r="A37" t="s" s="7">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="B37" t="s" s="7">
         <v>18</v>
       </c>
       <c r="C37" s="8">
         <v>3265447</v>
       </c>
       <c r="D37" t="s" s="7">
         <v>14</v>
       </c>
       <c r="E37" s="8">
         <v>92538755</v>
       </c>
       <c r="F37" t="s" s="7">
         <v>14</v>
       </c>
       <c r="G37" s="8">
         <v>2640979</v>
       </c>
       <c r="H37" t="s" s="7">
         <v>14</v>
       </c>
       <c r="I37" s="8">
         <v>127601606</v>
       </c>
       <c r="J37" t="s" s="7">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="K37" s="8">
         <v>548977</v>
       </c>
       <c r="L37" t="s" s="7">
         <v>14</v>
       </c>
       <c r="M37" s="8">
         <v>60004720</v>
       </c>
       <c r="N37" t="s" s="7">
         <v>14</v>
       </c>
       <c r="O37" s="9">
         <v>6455403</v>
       </c>
       <c r="P37" t="s" s="10">
         <v>14</v>
       </c>
       <c r="Q37" s="9">
         <v>280145081</v>
       </c>
       <c r="R37" t="s" s="10">
         <v>14</v>
       </c>
     </row>
     <row r="38" spans="1:18">
       <c r="A38" t="s" s="7">
         <v>14</v>
       </c>
       <c r="B38" t="s" s="7">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="C38" s="8">
         <v>255137</v>
       </c>
       <c r="D38" t="s" s="7">
         <v>14</v>
       </c>
       <c r="E38" s="8">
         <v>40533282</v>
       </c>
       <c r="F38" t="s" s="7">
         <v>14</v>
       </c>
       <c r="G38" s="8">
         <v>39546</v>
       </c>
       <c r="H38" t="s" s="7">
         <v>14</v>
       </c>
       <c r="I38" s="8">
         <v>4266026</v>
       </c>
       <c r="J38" t="s" s="7">
         <v>14</v>
       </c>
@@ -2292,51 +2295,51 @@
       </c>
       <c r="M38" s="8">
         <v>2938544</v>
       </c>
       <c r="N38" t="s" s="7">
         <v>14</v>
       </c>
       <c r="O38" s="9">
         <v>305672</v>
       </c>
       <c r="P38" t="s" s="10">
         <v>14</v>
       </c>
       <c r="Q38" s="9">
         <v>47737852</v>
       </c>
       <c r="R38" t="s" s="10">
         <v>14</v>
       </c>
     </row>
     <row r="39" spans="1:18">
       <c r="A39" t="s" s="11">
         <v>14</v>
       </c>
       <c r="B39" t="s" s="12">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="C39" s="13">
         <v>22967756</v>
       </c>
       <c r="D39" t="s" s="12">
         <v>14</v>
       </c>
       <c r="E39" s="13">
         <v>2089413691</v>
       </c>
       <c r="F39" t="s" s="12">
         <v>14</v>
       </c>
       <c r="G39" s="13">
         <v>41968441</v>
       </c>
       <c r="H39" t="s" s="12">
         <v>14</v>
       </c>
       <c r="I39" s="13">
         <v>1278941684</v>
       </c>
       <c r="J39" t="s" s="12">
         <v>14</v>
       </c>
@@ -2457,51 +2460,51 @@
       </c>
       <c r="L41" t="s" s="7">
         <v>14</v>
       </c>
       <c r="M41" s="8">
         <v>1058890531</v>
       </c>
       <c r="N41" t="s" s="7">
         <v>14</v>
       </c>
       <c r="O41" s="9">
         <v>78055103</v>
       </c>
       <c r="P41" t="s" s="10">
         <v>14</v>
       </c>
       <c r="Q41" s="9">
         <v>2481071471</v>
       </c>
       <c r="R41" t="s" s="10">
         <v>14</v>
       </c>
     </row>
     <row r="42" spans="1:18">
       <c r="A42" t="s" s="7">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="B42" t="s" s="7">
         <v>18</v>
       </c>
       <c r="C42" s="8">
         <v>3227327</v>
       </c>
       <c r="D42" t="s" s="7">
         <v>14</v>
       </c>
       <c r="E42" s="8">
         <v>97512168</v>
       </c>
       <c r="F42" t="s" s="7">
         <v>14</v>
       </c>
       <c r="G42" s="8">
         <v>2878483</v>
       </c>
       <c r="H42" t="s" s="7">
         <v>14</v>
       </c>
       <c r="I42" s="8">
         <v>141873032</v>
       </c>
@@ -2516,51 +2519,51 @@
       </c>
       <c r="M42" s="8">
         <v>80766111</v>
       </c>
       <c r="N42" t="s" s="7">
         <v>14</v>
       </c>
       <c r="O42" s="9">
         <v>6946999</v>
       </c>
       <c r="P42" t="s" s="10">
         <v>14</v>
       </c>
       <c r="Q42" s="9">
         <v>320151311</v>
       </c>
       <c r="R42" t="s" s="10">
         <v>14</v>
       </c>
     </row>
     <row r="43" spans="1:18">
       <c r="A43" t="s" s="7">
         <v>14</v>
       </c>
       <c r="B43" t="s" s="7">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="C43" s="8">
         <v>274319</v>
       </c>
       <c r="D43" t="s" s="7">
         <v>14</v>
       </c>
       <c r="E43" s="8">
         <v>47592240</v>
       </c>
       <c r="F43" t="s" s="7">
         <v>14</v>
       </c>
       <c r="G43" s="8">
         <v>42020</v>
       </c>
       <c r="H43" t="s" s="7">
         <v>14</v>
       </c>
       <c r="I43" s="8">
         <v>4558188</v>
       </c>
       <c r="J43" t="s" s="7">
         <v>14</v>
       </c>
@@ -2572,51 +2575,51 @@
       </c>
       <c r="M43" s="8">
         <v>4131782</v>
       </c>
       <c r="N43" t="s" s="7">
         <v>14</v>
       </c>
       <c r="O43" s="9">
         <v>331760</v>
       </c>
       <c r="P43" t="s" s="10">
         <v>14</v>
       </c>
       <c r="Q43" s="9">
         <v>56282210</v>
       </c>
       <c r="R43" t="s" s="10">
         <v>14</v>
       </c>
     </row>
     <row r="44" spans="1:18">
       <c r="A44" t="s" s="11">
         <v>14</v>
       </c>
       <c r="B44" t="s" s="12">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="C44" s="13">
         <v>23620474</v>
       </c>
       <c r="D44" t="s" s="12">
         <v>14</v>
       </c>
       <c r="E44" s="13">
         <v>2177310728</v>
       </c>
       <c r="F44" t="s" s="12">
         <v>14</v>
       </c>
       <c r="G44" s="13">
         <v>42912756</v>
       </c>
       <c r="H44" t="s" s="12">
         <v>14</v>
       </c>
       <c r="I44" s="13">
         <v>1320233388</v>
       </c>
       <c r="J44" t="s" s="12">
         <v>14</v>
       </c>
@@ -2737,51 +2740,51 @@
       </c>
       <c r="L46" t="s" s="7">
         <v>14</v>
       </c>
       <c r="M46" s="8">
         <v>1147970733</v>
       </c>
       <c r="N46" t="s" s="7">
         <v>14</v>
       </c>
       <c r="O46" s="9">
         <v>75861291</v>
       </c>
       <c r="P46" t="s" s="10">
         <v>14</v>
       </c>
       <c r="Q46" s="9">
         <v>2495471950</v>
       </c>
       <c r="R46" t="s" s="10">
         <v>14</v>
       </c>
     </row>
     <row r="47" spans="1:18">
       <c r="A47" t="s" s="7">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="B47" t="s" s="7">
         <v>18</v>
       </c>
       <c r="C47" s="8">
         <v>3419437</v>
       </c>
       <c r="D47" t="s" s="7">
         <v>14</v>
       </c>
       <c r="E47" s="8">
         <v>101818594</v>
       </c>
       <c r="F47" t="s" s="7">
         <v>14</v>
       </c>
       <c r="G47" s="8">
         <v>2846599</v>
       </c>
       <c r="H47" t="s" s="7">
         <v>14</v>
       </c>
       <c r="I47" s="8">
         <v>135558082</v>
       </c>
@@ -2796,51 +2799,51 @@
       </c>
       <c r="M47" s="8">
         <v>73745836</v>
       </c>
       <c r="N47" t="s" s="7">
         <v>14</v>
       </c>
       <c r="O47" s="9">
         <v>7148322</v>
       </c>
       <c r="P47" t="s" s="10">
         <v>14</v>
       </c>
       <c r="Q47" s="9">
         <v>311122512</v>
       </c>
       <c r="R47" t="s" s="10">
         <v>14</v>
       </c>
     </row>
     <row r="48" spans="1:18">
       <c r="A48" t="s" s="7">
         <v>14</v>
       </c>
       <c r="B48" t="s" s="7">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="C48" s="8">
         <v>281718</v>
       </c>
       <c r="D48" t="s" s="7">
         <v>14</v>
       </c>
       <c r="E48" s="8">
         <v>48820902</v>
       </c>
       <c r="F48" t="s" s="7">
         <v>14</v>
       </c>
       <c r="G48" s="8">
         <v>36431</v>
       </c>
       <c r="H48" t="s" s="7">
         <v>14</v>
       </c>
       <c r="I48" s="8">
         <v>4075810</v>
       </c>
       <c r="J48" t="s" s="7">
         <v>14</v>
       </c>
@@ -2852,51 +2855,51 @@
       </c>
       <c r="M48" s="8">
         <v>3946741</v>
       </c>
       <c r="N48" t="s" s="7">
         <v>14</v>
       </c>
       <c r="O48" s="9">
         <v>333512</v>
       </c>
       <c r="P48" t="s" s="10">
         <v>14</v>
       </c>
       <c r="Q48" s="9">
         <v>56843453</v>
       </c>
       <c r="R48" t="s" s="10">
         <v>14</v>
       </c>
     </row>
     <row r="49" spans="1:18">
       <c r="A49" t="s" s="11">
         <v>14</v>
       </c>
       <c r="B49" t="s" s="12">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="C49" s="13">
         <v>22578977</v>
       </c>
       <c r="D49" t="s" s="12">
         <v>14</v>
       </c>
       <c r="E49" s="13">
         <v>2068949475</v>
       </c>
       <c r="F49" t="s" s="12">
         <v>14</v>
       </c>
       <c r="G49" s="13">
         <v>40063069</v>
       </c>
       <c r="H49" t="s" s="12">
         <v>14</v>
       </c>
       <c r="I49" s="13">
         <v>1257982287</v>
       </c>
       <c r="J49" t="s" s="12">
         <v>14</v>
       </c>
@@ -3017,51 +3020,51 @@
       </c>
       <c r="L51" t="s" s="7">
         <v>14</v>
       </c>
       <c r="M51" s="8">
         <v>605528466</v>
       </c>
       <c r="N51" t="s" s="7">
         <v>14</v>
       </c>
       <c r="O51" s="9">
         <v>65874731</v>
       </c>
       <c r="P51" t="s" s="10">
         <v>14</v>
       </c>
       <c r="Q51" s="9">
         <v>1941260639</v>
       </c>
       <c r="R51" t="s" s="10">
         <v>14</v>
       </c>
     </row>
     <row r="52" spans="1:18">
       <c r="A52" t="s" s="7">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="B52" t="s" s="7">
         <v>18</v>
       </c>
       <c r="C52" s="8">
         <v>3484260</v>
       </c>
       <c r="D52" t="s" s="7">
         <v>14</v>
       </c>
       <c r="E52" s="8">
         <v>104197640</v>
       </c>
       <c r="F52" t="s" s="7">
         <v>14</v>
       </c>
       <c r="G52" s="8">
         <v>2873193</v>
       </c>
       <c r="H52" t="s" s="7">
         <v>14</v>
       </c>
       <c r="I52" s="8">
         <v>138855338</v>
       </c>
@@ -3076,51 +3079,51 @@
       </c>
       <c r="M52" s="8">
         <v>42976596</v>
       </c>
       <c r="N52" t="s" s="7">
         <v>14</v>
       </c>
       <c r="O52" s="9">
         <v>6953499</v>
       </c>
       <c r="P52" t="s" s="10">
         <v>14</v>
       </c>
       <c r="Q52" s="9">
         <v>286029574</v>
       </c>
       <c r="R52" t="s" s="10">
         <v>14</v>
       </c>
     </row>
     <row r="53" spans="1:18">
       <c r="A53" t="s" s="7">
         <v>14</v>
       </c>
       <c r="B53" t="s" s="7">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="C53" s="8">
         <v>290004</v>
       </c>
       <c r="D53" t="s" s="7">
         <v>14</v>
       </c>
       <c r="E53" s="8">
         <v>44224692</v>
       </c>
       <c r="F53" t="s" s="7">
         <v>14</v>
       </c>
       <c r="G53" s="8">
         <v>42347</v>
       </c>
       <c r="H53" t="s" s="7">
         <v>14</v>
       </c>
       <c r="I53" s="8">
         <v>4668129</v>
       </c>
       <c r="J53" t="s" s="7">
         <v>14</v>
       </c>
@@ -3132,51 +3135,51 @@
       </c>
       <c r="M53" s="8">
         <v>3283360</v>
       </c>
       <c r="N53" t="s" s="7">
         <v>14</v>
       </c>
       <c r="O53" s="9">
         <v>344353</v>
       </c>
       <c r="P53" t="s" s="10">
         <v>14</v>
       </c>
       <c r="Q53" s="9">
         <v>52176181</v>
       </c>
       <c r="R53" t="s" s="10">
         <v>14</v>
       </c>
     </row>
     <row r="54" spans="1:18">
       <c r="A54" t="s" s="11">
         <v>14</v>
       </c>
       <c r="B54" t="s" s="12">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="C54" s="13">
         <v>23247016</v>
       </c>
       <c r="D54" t="s" s="12">
         <v>14</v>
       </c>
       <c r="E54" s="13">
         <v>2117988762</v>
       </c>
       <c r="F54" t="s" s="12">
         <v>14</v>
       </c>
       <c r="G54" s="13">
         <v>41232495</v>
       </c>
       <c r="H54" t="s" s="12">
         <v>14</v>
       </c>
       <c r="I54" s="13">
         <v>1246464538</v>
       </c>
       <c r="J54" t="s" s="12">
         <v>14</v>
       </c>
@@ -3184,332 +3187,1167 @@
         <v>17422385</v>
       </c>
       <c r="L54" t="s" s="12">
         <v>14</v>
       </c>
       <c r="M54" s="13">
         <v>775251150</v>
       </c>
       <c r="N54" t="s" s="12">
         <v>14</v>
       </c>
       <c r="O54" s="13">
         <v>81901896</v>
       </c>
       <c r="P54" t="s" s="12">
         <v>14</v>
       </c>
       <c r="Q54" s="13">
         <v>4139704450</v>
       </c>
       <c r="R54" t="s" s="12">
         <v>14</v>
       </c>
     </row>
     <row r="55" spans="1:18">
-      <c r="A55" t="s" s="10">
-[...2 lines deleted...]
-      <c r="B55" t="s" s="14">
+      <c r="A55" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="B55" t="s" s="7">
         <v>15</v>
       </c>
-      <c r="C55" s="15">
-[...44 lines deleted...]
-      <c r="R55" t="s" s="14">
+      <c r="C55" s="8">
+        <v>7720355</v>
+      </c>
+      <c r="D55" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="E55" s="8">
+        <v>1664259288</v>
+      </c>
+      <c r="F55" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="G55" s="8">
+        <v>705512</v>
+      </c>
+      <c r="H55" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="I55" s="8">
+        <v>96164630</v>
+      </c>
+      <c r="J55" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="K55" s="8">
+        <v>283307</v>
+      </c>
+      <c r="L55" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="M55" s="8">
+        <v>65366635</v>
+      </c>
+      <c r="N55" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="O55" s="9">
+        <v>8709174</v>
+      </c>
+      <c r="P55" t="s" s="10">
+        <v>14</v>
+      </c>
+      <c r="Q55" s="9">
+        <v>1825790553</v>
+      </c>
+      <c r="R55" t="s" s="10">
         <v>14</v>
       </c>
     </row>
     <row r="56" spans="1:18">
-      <c r="A56" t="s" s="10">
-[...2 lines deleted...]
-      <c r="B56" t="s" s="14">
+      <c r="A56" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="B56" t="s" s="7">
         <v>16</v>
       </c>
-      <c r="C56" s="15">
-[...44 lines deleted...]
-      <c r="R56" t="s" s="14">
+      <c r="C56" s="8">
+        <v>12439314</v>
+      </c>
+      <c r="D56" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="E56" s="8">
+        <v>337621534</v>
+      </c>
+      <c r="F56" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="G56" s="8">
+        <v>39315035</v>
+      </c>
+      <c r="H56" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="I56" s="8">
+        <v>1047218293</v>
+      </c>
+      <c r="J56" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="K56" s="8">
+        <v>8987223</v>
+      </c>
+      <c r="L56" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="M56" s="8">
+        <v>270298498</v>
+      </c>
+      <c r="N56" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="O56" s="9">
+        <v>60741572</v>
+      </c>
+      <c r="P56" t="s" s="10">
+        <v>14</v>
+      </c>
+      <c r="Q56" s="9">
+        <v>1655138325</v>
+      </c>
+      <c r="R56" t="s" s="10">
         <v>14</v>
       </c>
     </row>
     <row r="57" spans="1:18">
-      <c r="A57" t="s" s="10">
+      <c r="A57" t="s" s="7">
+        <v>29</v>
+      </c>
+      <c r="B57" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="C57" s="8">
+        <v>3727262</v>
+      </c>
+      <c r="D57" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="E57" s="8">
+        <v>108354565</v>
+      </c>
+      <c r="F57" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="G57" s="8">
+        <v>3012183</v>
+      </c>
+      <c r="H57" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="I57" s="8">
+        <v>144728546</v>
+      </c>
+      <c r="J57" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="K57" s="8">
+        <v>420786</v>
+      </c>
+      <c r="L57" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="M57" s="8">
+        <v>27895083</v>
+      </c>
+      <c r="N57" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="O57" s="9">
+        <v>7160231</v>
+      </c>
+      <c r="P57" t="s" s="10">
+        <v>14</v>
+      </c>
+      <c r="Q57" s="9">
+        <v>280978194</v>
+      </c>
+      <c r="R57" t="s" s="10">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="58" spans="1:18">
+      <c r="A58" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="B58" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="C58" s="8">
+        <v>306598</v>
+      </c>
+      <c r="D58" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="E58" s="8">
+        <v>40250721</v>
+      </c>
+      <c r="F58" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="G58" s="8">
+        <v>43566</v>
+      </c>
+      <c r="H58" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="I58" s="8">
+        <v>4606796</v>
+      </c>
+      <c r="J58" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="K58" s="8">
+        <v>8840</v>
+      </c>
+      <c r="L58" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="M58" s="8">
+        <v>2450743</v>
+      </c>
+      <c r="N58" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="O58" s="9">
+        <v>359004</v>
+      </c>
+      <c r="P58" t="s" s="10">
+        <v>14</v>
+      </c>
+      <c r="Q58" s="9">
+        <v>47308260</v>
+      </c>
+      <c r="R58" t="s" s="10">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="59" spans="1:18">
+      <c r="A59" t="s" s="11">
+        <v>14</v>
+      </c>
+      <c r="B59" t="s" s="12">
+        <v>20</v>
+      </c>
+      <c r="C59" s="13">
+        <v>24193529</v>
+      </c>
+      <c r="D59" t="s" s="12">
+        <v>14</v>
+      </c>
+      <c r="E59" s="13">
+        <v>2150486108</v>
+      </c>
+      <c r="F59" t="s" s="12">
+        <v>14</v>
+      </c>
+      <c r="G59" s="13">
+        <v>43076296</v>
+      </c>
+      <c r="H59" t="s" s="12">
+        <v>14</v>
+      </c>
+      <c r="I59" s="13">
+        <v>1292718265</v>
+      </c>
+      <c r="J59" t="s" s="12">
+        <v>14</v>
+      </c>
+      <c r="K59" s="13">
+        <v>9700156</v>
+      </c>
+      <c r="L59" t="s" s="12">
+        <v>14</v>
+      </c>
+      <c r="M59" s="13">
+        <v>366010959</v>
+      </c>
+      <c r="N59" t="s" s="12">
+        <v>14</v>
+      </c>
+      <c r="O59" s="13">
+        <v>76969981</v>
+      </c>
+      <c r="P59" t="s" s="12">
+        <v>14</v>
+      </c>
+      <c r="Q59" s="13">
+        <v>3809215332</v>
+      </c>
+      <c r="R59" t="s" s="12">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="60" spans="1:18">
+      <c r="A60" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="B60" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="C60" s="8">
+        <v>6925035</v>
+      </c>
+      <c r="D60" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="E60" s="8">
+        <v>1492827561</v>
+      </c>
+      <c r="F60" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="G60" s="8">
+        <v>652350</v>
+      </c>
+      <c r="H60" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="I60" s="8">
+        <v>89162400</v>
+      </c>
+      <c r="J60" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="K60" s="8">
+        <v>156950</v>
+      </c>
+      <c r="L60" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="M60" s="8">
+        <v>38515526</v>
+      </c>
+      <c r="N60" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="O60" s="9">
+        <v>7734335</v>
+      </c>
+      <c r="P60" t="s" s="10">
+        <v>14</v>
+      </c>
+      <c r="Q60" s="9">
+        <v>1620505487</v>
+      </c>
+      <c r="R60" t="s" s="10">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="61" spans="1:18">
+      <c r="A61" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="B61" t="s" s="7">
+        <v>16</v>
+      </c>
+      <c r="C61" s="8">
+        <v>11416412</v>
+      </c>
+      <c r="D61" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="E61" s="8">
+        <v>331389189</v>
+      </c>
+      <c r="F61" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="G61" s="8">
+        <v>35871737</v>
+      </c>
+      <c r="H61" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="I61" s="8">
+        <v>994834869</v>
+      </c>
+      <c r="J61" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="K61" s="8">
+        <v>5482114</v>
+      </c>
+      <c r="L61" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="M61" s="8">
+        <v>124292077</v>
+      </c>
+      <c r="N61" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="O61" s="9">
+        <v>52770263</v>
+      </c>
+      <c r="P61" t="s" s="10">
+        <v>14</v>
+      </c>
+      <c r="Q61" s="9">
+        <v>1450516135</v>
+      </c>
+      <c r="R61" t="s" s="10">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="62" spans="1:18">
+      <c r="A62" t="s" s="7">
         <v>30</v>
       </c>
-      <c r="B57" t="s" s="14">
+      <c r="B62" t="s" s="7">
         <v>18</v>
       </c>
-      <c r="C57" s="15">
-[...52 lines deleted...]
-      <c r="B58" t="s" s="14">
+      <c r="C62" s="8">
+        <v>3722703</v>
+      </c>
+      <c r="D62" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="E62" s="8">
+        <v>111553123</v>
+      </c>
+      <c r="F62" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="G62" s="8">
+        <v>2895242</v>
+      </c>
+      <c r="H62" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="I62" s="8">
+        <v>149173370</v>
+      </c>
+      <c r="J62" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="K62" s="8">
+        <v>319873</v>
+      </c>
+      <c r="L62" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="M62" s="8">
+        <v>23015585</v>
+      </c>
+      <c r="N62" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="O62" s="9">
+        <v>6937818</v>
+      </c>
+      <c r="P62" t="s" s="10">
+        <v>14</v>
+      </c>
+      <c r="Q62" s="9">
+        <v>283742078</v>
+      </c>
+      <c r="R62" t="s" s="10">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="63" spans="1:18">
+      <c r="A63" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="B63" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="C63" s="8">
+        <v>297476</v>
+      </c>
+      <c r="D63" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="E63" s="8">
+        <v>34333163</v>
+      </c>
+      <c r="F63" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="G63" s="8">
+        <v>38685</v>
+      </c>
+      <c r="H63" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="I63" s="8">
+        <v>4142349</v>
+      </c>
+      <c r="J63" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="K63" s="8">
+        <v>6236</v>
+      </c>
+      <c r="L63" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="M63" s="8">
+        <v>1668186</v>
+      </c>
+      <c r="N63" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="O63" s="9">
+        <v>342397</v>
+      </c>
+      <c r="P63" t="s" s="10">
+        <v>14</v>
+      </c>
+      <c r="Q63" s="9">
+        <v>40143698</v>
+      </c>
+      <c r="R63" t="s" s="10">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="64" spans="1:18">
+      <c r="A64" t="s" s="11">
+        <v>14</v>
+      </c>
+      <c r="B64" t="s" s="12">
         <v>20</v>
       </c>
-      <c r="C58" s="15">
-[...105 lines deleted...]
-      <c r="A60" t="s">
+      <c r="C64" s="13">
+        <v>22361626</v>
+      </c>
+      <c r="D64" t="s" s="12">
+        <v>14</v>
+      </c>
+      <c r="E64" s="13">
+        <v>1970103036</v>
+      </c>
+      <c r="F64" t="s" s="12">
+        <v>14</v>
+      </c>
+      <c r="G64" s="13">
+        <v>39458014</v>
+      </c>
+      <c r="H64" t="s" s="12">
+        <v>14</v>
+      </c>
+      <c r="I64" s="13">
+        <v>1237312988</v>
+      </c>
+      <c r="J64" t="s" s="12">
+        <v>14</v>
+      </c>
+      <c r="K64" s="13">
+        <v>5965173</v>
+      </c>
+      <c r="L64" t="s" s="12">
+        <v>14</v>
+      </c>
+      <c r="M64" s="13">
+        <v>187491374</v>
+      </c>
+      <c r="N64" t="s" s="12">
+        <v>14</v>
+      </c>
+      <c r="O64" s="13">
+        <v>67784813</v>
+      </c>
+      <c r="P64" t="s" s="12">
+        <v>14</v>
+      </c>
+      <c r="Q64" s="13">
+        <v>3394907398</v>
+      </c>
+      <c r="R64" t="s" s="12">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="65" spans="1:18">
+      <c r="A65" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="B65" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="C65" s="8">
+        <v>7830313</v>
+      </c>
+      <c r="D65" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="E65" s="8">
+        <v>1728271382</v>
+      </c>
+      <c r="F65" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="G65" s="8">
+        <v>705732</v>
+      </c>
+      <c r="H65" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="I65" s="8">
+        <v>100769360</v>
+      </c>
+      <c r="J65" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="K65" s="8">
+        <v>190383</v>
+      </c>
+      <c r="L65" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="M65" s="8">
+        <v>47372761</v>
+      </c>
+      <c r="N65" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="O65" s="9">
+        <v>8726428</v>
+      </c>
+      <c r="P65" t="s" s="10">
+        <v>14</v>
+      </c>
+      <c r="Q65" s="9">
+        <v>1876413503</v>
+      </c>
+      <c r="R65" t="s" s="10">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="66" spans="1:18">
+      <c r="A66" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="B66" t="s" s="7">
+        <v>16</v>
+      </c>
+      <c r="C66" s="8">
+        <v>13243834</v>
+      </c>
+      <c r="D66" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="E66" s="8">
+        <v>400071380</v>
+      </c>
+      <c r="F66" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="G66" s="8">
+        <v>38939539</v>
+      </c>
+      <c r="H66" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="I66" s="8">
+        <v>1114505064</v>
+      </c>
+      <c r="J66" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="K66" s="8">
+        <v>6074546</v>
+      </c>
+      <c r="L66" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="M66" s="8">
+        <v>149805089</v>
+      </c>
+      <c r="N66" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="O66" s="9">
+        <v>58257919</v>
+      </c>
+      <c r="P66" t="s" s="10">
+        <v>14</v>
+      </c>
+      <c r="Q66" s="9">
+        <v>1664381533</v>
+      </c>
+      <c r="R66" t="s" s="10">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="67" spans="1:18">
+      <c r="A67" t="s" s="7">
         <v>31</v>
+      </c>
+      <c r="B67" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="C67" s="8">
+        <v>3888972</v>
+      </c>
+      <c r="D67" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="E67" s="8">
+        <v>113617903</v>
+      </c>
+      <c r="F67" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="G67" s="8">
+        <v>2933402</v>
+      </c>
+      <c r="H67" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="I67" s="8">
+        <v>140058387</v>
+      </c>
+      <c r="J67" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="K67" s="8">
+        <v>340580</v>
+      </c>
+      <c r="L67" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="M67" s="8">
+        <v>24397146</v>
+      </c>
+      <c r="N67" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="O67" s="9">
+        <v>7162954</v>
+      </c>
+      <c r="P67" t="s" s="10">
+        <v>14</v>
+      </c>
+      <c r="Q67" s="9">
+        <v>278073436</v>
+      </c>
+      <c r="R67" t="s" s="10">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="68" spans="1:18">
+      <c r="A68" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="B68" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="C68" s="8">
+        <v>320184</v>
+      </c>
+      <c r="D68" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="E68" s="8">
+        <v>38795770</v>
+      </c>
+      <c r="F68" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="G68" s="8">
+        <v>44867</v>
+      </c>
+      <c r="H68" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="I68" s="8">
+        <v>4774946</v>
+      </c>
+      <c r="J68" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="K68" s="8">
+        <v>6814</v>
+      </c>
+      <c r="L68" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="M68" s="8">
+        <v>1746211</v>
+      </c>
+      <c r="N68" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="O68" s="9">
+        <v>371865</v>
+      </c>
+      <c r="P68" t="s" s="10">
+        <v>14</v>
+      </c>
+      <c r="Q68" s="9">
+        <v>45316927</v>
+      </c>
+      <c r="R68" t="s" s="10">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="69" spans="1:18">
+      <c r="A69" t="s" s="11">
+        <v>14</v>
+      </c>
+      <c r="B69" t="s" s="12">
+        <v>20</v>
+      </c>
+      <c r="C69" s="13">
+        <v>25283303</v>
+      </c>
+      <c r="D69" t="s" s="12">
+        <v>14</v>
+      </c>
+      <c r="E69" s="13">
+        <v>2280756435</v>
+      </c>
+      <c r="F69" t="s" s="12">
+        <v>14</v>
+      </c>
+      <c r="G69" s="13">
+        <v>42623540</v>
+      </c>
+      <c r="H69" t="s" s="12">
+        <v>14</v>
+      </c>
+      <c r="I69" s="13">
+        <v>1360107757</v>
+      </c>
+      <c r="J69" t="s" s="12">
+        <v>14</v>
+      </c>
+      <c r="K69" s="13">
+        <v>6612323</v>
+      </c>
+      <c r="L69" t="s" s="12">
+        <v>14</v>
+      </c>
+      <c r="M69" s="13">
+        <v>223321207</v>
+      </c>
+      <c r="N69" t="s" s="12">
+        <v>14</v>
+      </c>
+      <c r="O69" s="13">
+        <v>74519166</v>
+      </c>
+      <c r="P69" t="s" s="12">
+        <v>14</v>
+      </c>
+      <c r="Q69" s="13">
+        <v>3864185399</v>
+      </c>
+      <c r="R69" t="s" s="12">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="70" spans="1:18">
+      <c r="A70" t="s" s="10">
+        <v>14</v>
+      </c>
+      <c r="B70" t="s" s="14">
+        <v>15</v>
+      </c>
+      <c r="C70" s="15">
+        <v>89471287</v>
+      </c>
+      <c r="D70" t="s" s="14">
+        <v>14</v>
+      </c>
+      <c r="E70" s="15">
+        <v>18714495689</v>
+      </c>
+      <c r="F70" t="s" s="14">
+        <v>14</v>
+      </c>
+      <c r="G70" s="15">
+        <v>7944417</v>
+      </c>
+      <c r="H70" t="s" s="14">
+        <v>14</v>
+      </c>
+      <c r="I70" s="15">
+        <v>1067382220</v>
+      </c>
+      <c r="J70" t="s" s="14">
+        <v>14</v>
+      </c>
+      <c r="K70" s="15">
+        <v>4976593</v>
+      </c>
+      <c r="L70" t="s" s="14">
+        <v>14</v>
+      </c>
+      <c r="M70" s="15">
+        <v>1085520789</v>
+      </c>
+      <c r="N70" t="s" s="14">
+        <v>14</v>
+      </c>
+      <c r="O70" s="15">
+        <v>102392297</v>
+      </c>
+      <c r="P70" t="s" s="14">
+        <v>14</v>
+      </c>
+      <c r="Q70" s="15">
+        <v>20867398698</v>
+      </c>
+      <c r="R70" t="s" s="14">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="71" spans="1:18">
+      <c r="A71" t="s" s="10">
+        <v>14</v>
+      </c>
+      <c r="B71" t="s" s="14">
+        <v>16</v>
+      </c>
+      <c r="C71" s="15">
+        <v>137163974</v>
+      </c>
+      <c r="D71" t="s" s="14">
+        <v>14</v>
+      </c>
+      <c r="E71" s="15">
+        <v>3825089528</v>
+      </c>
+      <c r="F71" t="s" s="14">
+        <v>14</v>
+      </c>
+      <c r="G71" s="15">
+        <v>445580886</v>
+      </c>
+      <c r="H71" t="s" s="14">
+        <v>14</v>
+      </c>
+      <c r="I71" s="15">
+        <v>11988833804</v>
+      </c>
+      <c r="J71" t="s" s="14">
+        <v>14</v>
+      </c>
+      <c r="K71" s="15">
+        <v>135468858</v>
+      </c>
+      <c r="L71" t="s" s="14">
+        <v>14</v>
+      </c>
+      <c r="M71" s="15">
+        <v>4924082643</v>
+      </c>
+      <c r="N71" t="s" s="14">
+        <v>14</v>
+      </c>
+      <c r="O71" s="15">
+        <v>718213718</v>
+      </c>
+      <c r="P71" t="s" s="14">
+        <v>14</v>
+      </c>
+      <c r="Q71" s="15">
+        <v>20738005975</v>
+      </c>
+      <c r="R71" t="s" s="14">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="72" spans="1:18">
+      <c r="A72" t="s" s="10">
+        <v>32</v>
+      </c>
+      <c r="B72" t="s" s="14">
+        <v>18</v>
+      </c>
+      <c r="C72" s="15">
+        <v>40076942</v>
+      </c>
+      <c r="D72" t="s" s="14">
+        <v>14</v>
+      </c>
+      <c r="E72" s="15">
+        <v>1157101189</v>
+      </c>
+      <c r="F72" t="s" s="14">
+        <v>14</v>
+      </c>
+      <c r="G72" s="15">
+        <v>33311589</v>
+      </c>
+      <c r="H72" t="s" s="14">
+        <v>14</v>
+      </c>
+      <c r="I72" s="15">
+        <v>1586893048</v>
+      </c>
+      <c r="J72" t="s" s="14">
+        <v>14</v>
+      </c>
+      <c r="K72" s="15">
+        <v>5440152</v>
+      </c>
+      <c r="L72" t="s" s="14">
+        <v>14</v>
+      </c>
+      <c r="M72" s="15">
+        <v>509066875</v>
+      </c>
+      <c r="N72" t="s" s="14">
+        <v>14</v>
+      </c>
+      <c r="O72" s="15">
+        <v>78828683</v>
+      </c>
+      <c r="P72" t="s" s="14">
+        <v>14</v>
+      </c>
+      <c r="Q72" s="15">
+        <v>3253061112</v>
+      </c>
+      <c r="R72" t="s" s="14">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="73" spans="1:18">
+      <c r="A73" t="s" s="10">
+        <v>14</v>
+      </c>
+      <c r="B73" t="s" s="14">
+        <v>19</v>
+      </c>
+      <c r="C73" s="15">
+        <v>3239818</v>
+      </c>
+      <c r="D73" t="s" s="14">
+        <v>14</v>
+      </c>
+      <c r="E73" s="15">
+        <v>452500846</v>
+      </c>
+      <c r="F73" t="s" s="14">
+        <v>14</v>
+      </c>
+      <c r="G73" s="15">
+        <v>482582</v>
+      </c>
+      <c r="H73" t="s" s="14">
+        <v>14</v>
+      </c>
+      <c r="I73" s="15">
+        <v>51699498</v>
+      </c>
+      <c r="J73" t="s" s="14">
+        <v>14</v>
+      </c>
+      <c r="K73" s="15">
+        <v>111644</v>
+      </c>
+      <c r="L73" t="s" s="14">
+        <v>14</v>
+      </c>
+      <c r="M73" s="15">
+        <v>30092788</v>
+      </c>
+      <c r="N73" t="s" s="14">
+        <v>14</v>
+      </c>
+      <c r="O73" s="15">
+        <v>3834044</v>
+      </c>
+      <c r="P73" t="s" s="14">
+        <v>14</v>
+      </c>
+      <c r="Q73" s="15">
+        <v>534293132</v>
+      </c>
+      <c r="R73" t="s" s="14">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="74" spans="1:18">
+      <c r="A74" t="s" s="10">
+        <v>14</v>
+      </c>
+      <c r="B74" t="s" s="12">
+        <v>32</v>
+      </c>
+      <c r="C74" s="13">
+        <v>269952021</v>
+      </c>
+      <c r="D74" t="s" s="12">
+        <v>14</v>
+      </c>
+      <c r="E74" s="13">
+        <v>24149187252</v>
+      </c>
+      <c r="F74" t="s" s="12">
+        <v>14</v>
+      </c>
+      <c r="G74" s="13">
+        <v>487319474</v>
+      </c>
+      <c r="H74" t="s" s="12">
+        <v>14</v>
+      </c>
+      <c r="I74" s="13">
+        <v>14694808570</v>
+      </c>
+      <c r="J74" t="s" s="12">
+        <v>14</v>
+      </c>
+      <c r="K74" s="13">
+        <v>145997247</v>
+      </c>
+      <c r="L74" t="s" s="12">
+        <v>14</v>
+      </c>
+      <c r="M74" s="13">
+        <v>6548763095</v>
+      </c>
+      <c r="N74" t="s" s="12">
+        <v>14</v>
+      </c>
+      <c r="O74" s="13">
+        <v>903268742</v>
+      </c>
+      <c r="P74" t="s" s="12">
+        <v>14</v>
+      </c>
+      <c r="Q74" s="13">
+        <v>45392758917</v>
+      </c>
+      <c r="R74" t="s" s="12">
+        <v>14</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="21">
     <mergeCell ref="A1:R1"/>
     <mergeCell ref="A2:R2"/>
     <mergeCell ref="A3:R3"/>
     <mergeCell ref="A4:R4"/>
     <mergeCell ref="A5:R5"/>
     <mergeCell ref="A6:R6"/>
     <mergeCell ref="A7:R7"/>
     <mergeCell ref="A8:A9"/>
     <mergeCell ref="B8:B9"/>
     <mergeCell ref="C8:F8"/>
     <mergeCell ref="G8:J8"/>
     <mergeCell ref="K8:N8"/>
     <mergeCell ref="O8:R8"/>
     <mergeCell ref="C9:D9"/>
     <mergeCell ref="E9:F9"/>
     <mergeCell ref="G9:H9"/>
     <mergeCell ref="I9:J9"/>
     <mergeCell ref="K9:L9"/>
     <mergeCell ref="M9:N9"/>
     <mergeCell ref="O9:P9"/>
     <mergeCell ref="Q9:R9"/>